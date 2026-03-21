--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -80,57 +80,57 @@
   <si>
     <t>Book Bag Backpack (maroon)</t>
   </si>
   <si>
     <t>ID0485</t>
   </si>
   <si>
     <t>Drawstring Back Pack Bag 13.5&amp;quot; x 16.5&amp;quot; (black)</t>
   </si>
   <si>
     <t>BS584N-black</t>
   </si>
   <si>
     <t>£0.95</t>
   </si>
   <si>
     <t>Massive Holdall Bag</t>
   </si>
   <si>
     <t>WB0548</t>
   </si>
   <si>
     <t>School Shoulder bag - Black</t>
   </si>
   <si>
+    <t>WB0636</t>
+  </si>
+  <si>
+    <t>£4.99</t>
+  </si>
+  <si>
     <t>WB0568</t>
-  </si>
-[...4 lines deleted...]
-    <t>WB0636</t>
   </si>
   <si>
     <t>Drawstring Back Pack Bag 13.5&amp;quot; x 16.5&amp;quot; (dark green)</t>
   </si>
   <si>
     <t>BS584N-green</t>
   </si>
   <si>
     <t>Lightweight Foldable Backpack (black)</t>
   </si>
   <si>
     <t>AD403012-03</t>
   </si>
   <si>
     <t>£2.20</t>
   </si>
   <si>
     <t>Lightweight Foldable Backpack (blue)</t>
   </si>
   <si>
     <t>AD403012-04</t>
   </si>
   <si>
     <t>Lightweight Foldable Backpack (red)</t>
   </si>
@@ -328,67 +328,67 @@
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7"/>
       <c r="F7">
         <v>14</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8"/>
       <c r="F8">
-        <v>49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9"/>
       <c r="F9">
-        <v>20</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10"/>
       <c r="F10">
         <v>37</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>